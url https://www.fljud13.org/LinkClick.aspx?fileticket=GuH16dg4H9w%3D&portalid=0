--- v0 (2025-11-14)
+++ v1 (2026-03-23)
@@ -1,118 +1,118 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
     <w:p w14:paraId="20D374B2" w14:textId="77777777" w:rsidR="00EA69C1" w:rsidRDefault="00EA69C1" w:rsidP="00EA69C1">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>IN THE COUNTY COURT OF THE THIRTEENTH JUDICIAL CIRCUIT</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6B309BAA" w14:textId="77777777" w:rsidR="00EA69C1" w:rsidRDefault="00EA69C1" w:rsidP="00EA69C1">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>IN AND FOR HILLSBOROUGH COUNTY, FLORIDA</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="42D0C224" w14:textId="77777777" w:rsidR="00EA69C1" w:rsidRDefault="00EA69C1" w:rsidP="00EA69C1">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>CIVIL DIVISION</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5DB4C2CE" w14:textId="77777777" w:rsidR="00EA69C1" w:rsidRDefault="00EA69C1" w:rsidP="00EA69C1">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0DADC3EA" w14:textId="577D3F09" w:rsidR="00F9654F" w:rsidRDefault="00000000" w:rsidP="00F9654F">
+    <w:p w14:paraId="0DADC3EA" w14:textId="577D3F09" w:rsidR="00F9654F" w:rsidRDefault="0006125D" w:rsidP="00F9654F">
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="1104463890"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B33962" w:rsidRPr="0035142A">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00F9654F">
         <w:t>,</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5E41B0C3" w14:textId="7F64E0AB" w:rsidR="00F9654F" w:rsidRDefault="00F9654F" w:rsidP="00F9654F">
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
@@ -120,50 +120,51 @@
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve">Case No. </w:t>
       </w:r>
       <w:r w:rsidRPr="000E5C95">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="19132849"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B33962" w:rsidRPr="0035142A">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="192710FE" w14:textId="4D657812" w:rsidR="00F9654F" w:rsidRDefault="00F9654F" w:rsidP="00F9654F">
       <w:r>
         <w:tab/>
         <w:t>Plaintiff</w:t>
       </w:r>
       <w:r w:rsidR="00CC4A62">
         <w:t>s</w:t>
       </w:r>
       <w:r>
         <w:t>,</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0AC3A62F" w14:textId="3C2EAC24" w:rsidR="00F9654F" w:rsidRDefault="00F9654F" w:rsidP="00F9654F">
       <w:r>
         <w:tab/>
@@ -209,60 +210,61 @@
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51012338" w14:textId="52540E0D" w:rsidR="00F9654F" w:rsidRDefault="00000000" w:rsidP="00F9654F">
+    <w:p w14:paraId="51012338" w14:textId="52540E0D" w:rsidR="00F9654F" w:rsidRDefault="0006125D" w:rsidP="00F9654F">
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="-1216802837"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B33962" w:rsidRPr="0035142A">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00F9654F">
         <w:t>,</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="33B108BD" w14:textId="77777777" w:rsidR="00F9654F" w:rsidRDefault="00F9654F" w:rsidP="00F9654F"/>
     <w:p w14:paraId="29A91BFE" w14:textId="77777777" w:rsidR="00F9654F" w:rsidRDefault="00F9654F" w:rsidP="00F9654F">
       <w:r>
         <w:tab/>
         <w:t>Defendant.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="57A3B73D" w14:textId="77777777" w:rsidR="00F9654F" w:rsidRDefault="00F9654F" w:rsidP="00F9654F">
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
@@ -396,50 +398,84 @@
         <w:t xml:space="preserve"> current</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Differentiated Case Management Order (the “DCM Order”), the deadlines set forth below in this Uniform Order Setting Trial &amp; Pretrial are ESTABLISHED and will GOVERN this case. Counsel and any self-represented parties are DIRECTED to review, calendar, and abide by them:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6925E5F3" w14:textId="77777777" w:rsidR="00A92F0E" w:rsidRDefault="00A92F0E" w:rsidP="00713998"/>
     <w:p w14:paraId="6DF389A5" w14:textId="77777777" w:rsidR="009C4DAE" w:rsidRDefault="009C4DAE" w:rsidP="00A92F0E"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="7290" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblCellMar>
           <w:top w:w="72" w:type="dxa"/>
           <w:left w:w="115" w:type="dxa"/>
           <w:bottom w:w="72" w:type="dxa"/>
           <w:right w:w="115" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3690"/>
         <w:gridCol w:w="3600"/>
       </w:tblGrid>
+      <w:tr w:rsidR="0006125D" w14:paraId="45DDB4B6" w14:textId="77777777" w:rsidTr="00084113">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="343A3460" w14:textId="7787A4A7" w:rsidR="0006125D" w:rsidRDefault="0006125D" w:rsidP="00A92F0E">
+            <w:r>
+              <w:t>Deadline for Fact Discovery</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3600" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="37F8262F" w14:textId="34D0C997" w:rsidR="0006125D" w:rsidRDefault="0006125D" w:rsidP="00BC5B20">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>150 days before pretrial</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
       <w:tr w:rsidR="009B2AC7" w14:paraId="26D5CCBF" w14:textId="77777777" w:rsidTr="00084113">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3690" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="32F46E23" w14:textId="77777777" w:rsidR="009B2AC7" w:rsidRDefault="009C4DAE" w:rsidP="00A92F0E">
             <w:r>
               <w:t>Deadline f</w:t>
             </w:r>
             <w:r w:rsidR="00713998">
               <w:t>or Plaintiff to file witness list.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3600" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6631FD78" w14:textId="77777777" w:rsidR="009B2AC7" w:rsidRPr="004519DC" w:rsidRDefault="002E1D4E" w:rsidP="00BC5B20">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
@@ -3043,70 +3079,70 @@
         <w:t>Copies to</w:t>
       </w:r>
       <w:r w:rsidR="003B48EF">
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="68AF5D22" w14:textId="77777777" w:rsidR="005E271E" w:rsidRDefault="005E271E" w:rsidP="005E271E">
       <w:r>
         <w:t>Counsel of Record via JAWS</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:p w14:paraId="2A94BF77" w14:textId="77777777" w:rsidR="003B48EF" w:rsidRPr="002B21C8" w:rsidRDefault="003B48EF" w:rsidP="005E271E"/>
     <w:sectPr w:rsidR="003B48EF" w:rsidRPr="002B21C8">
       <w:footerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2E13EA3A" w14:textId="77777777" w:rsidR="00DB2A38" w:rsidRDefault="00DB2A38" w:rsidP="0019115C">
+    <w:p w14:paraId="4D982309" w14:textId="77777777" w:rsidR="0019115C" w:rsidRDefault="0019115C" w:rsidP="0019115C">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="177FAAE3" w14:textId="77777777" w:rsidR="00DB2A38" w:rsidRDefault="00DB2A38" w:rsidP="0019115C">
+    <w:p w14:paraId="65E5280A" w14:textId="77777777" w:rsidR="0019115C" w:rsidRDefault="0019115C" w:rsidP="0019115C">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -3130,68 +3166,70 @@
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-1390868860"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
+    <w:sdtEndPr/>
     <w:sdtContent>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="1728636285"/>
           <w:docPartObj>
             <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
             <w:docPartUnique/>
           </w:docPartObj>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:p w14:paraId="1CAE5AB4" w14:textId="77777777" w:rsidR="0019115C" w:rsidRDefault="0019115C">
             <w:pPr>
               <w:pStyle w:val="Footer"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Page </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGE </w:instrText>
             </w:r>
             <w:r>
@@ -3252,70 +3290,70 @@
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:sdtContent>
       </w:sdt>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="67DA6648" w14:textId="77777777" w:rsidR="0019115C" w:rsidRDefault="0019115C">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4E21054A" w14:textId="77777777" w:rsidR="00DB2A38" w:rsidRDefault="00DB2A38" w:rsidP="0019115C">
+    <w:p w14:paraId="2781F11A" w14:textId="77777777" w:rsidR="0019115C" w:rsidRDefault="0019115C" w:rsidP="0019115C">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7235BD9A" w14:textId="77777777" w:rsidR="00DB2A38" w:rsidRDefault="00DB2A38" w:rsidP="0019115C">
+    <w:p w14:paraId="2EB4071E" w14:textId="77777777" w:rsidR="0019115C" w:rsidRDefault="0019115C" w:rsidP="0019115C">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1AE028AD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4D68175C"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -3385,92 +3423,93 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="702176795">
+  <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+  <w:zoom w:percent="78"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00D53E05"/>
     <w:rsid w:val="00000EE1"/>
     <w:rsid w:val="00001F88"/>
     <w:rsid w:val="00006B8C"/>
     <w:rsid w:val="00011F90"/>
     <w:rsid w:val="00014C9F"/>
     <w:rsid w:val="0001539B"/>
     <w:rsid w:val="00016603"/>
     <w:rsid w:val="000257FC"/>
     <w:rsid w:val="0002789D"/>
     <w:rsid w:val="000336D7"/>
     <w:rsid w:val="00051AE1"/>
     <w:rsid w:val="000545C7"/>
+    <w:rsid w:val="0006125D"/>
     <w:rsid w:val="00084113"/>
     <w:rsid w:val="00086733"/>
     <w:rsid w:val="00087158"/>
     <w:rsid w:val="00091517"/>
     <w:rsid w:val="00097CCA"/>
     <w:rsid w:val="000B0FD9"/>
     <w:rsid w:val="000B1927"/>
     <w:rsid w:val="000C33E5"/>
     <w:rsid w:val="000C3952"/>
     <w:rsid w:val="000D0AE2"/>
     <w:rsid w:val="000D0D99"/>
     <w:rsid w:val="000D1A30"/>
     <w:rsid w:val="000D49BA"/>
     <w:rsid w:val="000D7864"/>
     <w:rsid w:val="000E0714"/>
     <w:rsid w:val="000E48EC"/>
     <w:rsid w:val="000E5C95"/>
     <w:rsid w:val="00104666"/>
     <w:rsid w:val="00113719"/>
     <w:rsid w:val="001248BB"/>
     <w:rsid w:val="00124C97"/>
     <w:rsid w:val="001266CF"/>
     <w:rsid w:val="00137B2F"/>
     <w:rsid w:val="00145D53"/>
     <w:rsid w:val="00147AAF"/>
@@ -3486,51 +3525,50 @@
     <w:rsid w:val="001A45EE"/>
     <w:rsid w:val="001B4543"/>
     <w:rsid w:val="001C7397"/>
     <w:rsid w:val="001D0338"/>
     <w:rsid w:val="001D524C"/>
     <w:rsid w:val="001D6C4D"/>
     <w:rsid w:val="001D7691"/>
     <w:rsid w:val="001E5829"/>
     <w:rsid w:val="001E6852"/>
     <w:rsid w:val="001E6B90"/>
     <w:rsid w:val="001F5EC4"/>
     <w:rsid w:val="001F6852"/>
     <w:rsid w:val="00215304"/>
     <w:rsid w:val="002246D5"/>
     <w:rsid w:val="00235786"/>
     <w:rsid w:val="002411D9"/>
     <w:rsid w:val="0024173E"/>
     <w:rsid w:val="00241871"/>
     <w:rsid w:val="002463BD"/>
     <w:rsid w:val="00250C00"/>
     <w:rsid w:val="00251846"/>
     <w:rsid w:val="0026103E"/>
     <w:rsid w:val="00262A4E"/>
     <w:rsid w:val="00270811"/>
     <w:rsid w:val="002753B3"/>
-    <w:rsid w:val="00287AA8"/>
     <w:rsid w:val="002911E8"/>
     <w:rsid w:val="002A1888"/>
     <w:rsid w:val="002A741D"/>
     <w:rsid w:val="002B21C8"/>
     <w:rsid w:val="002C72E2"/>
     <w:rsid w:val="002D7BFD"/>
     <w:rsid w:val="002E1D4E"/>
     <w:rsid w:val="003001A4"/>
     <w:rsid w:val="00301711"/>
     <w:rsid w:val="00301D8E"/>
     <w:rsid w:val="00304E57"/>
     <w:rsid w:val="0030696F"/>
     <w:rsid w:val="003160C6"/>
     <w:rsid w:val="00320D2F"/>
     <w:rsid w:val="003233EF"/>
     <w:rsid w:val="00330DD2"/>
     <w:rsid w:val="0034064D"/>
     <w:rsid w:val="00347EFB"/>
     <w:rsid w:val="0035656C"/>
     <w:rsid w:val="0036149C"/>
     <w:rsid w:val="00365E00"/>
     <w:rsid w:val="00386A71"/>
     <w:rsid w:val="00387985"/>
     <w:rsid w:val="00396492"/>
     <w:rsid w:val="003B076F"/>
@@ -3656,51 +3694,50 @@
     <w:rsid w:val="00783445"/>
     <w:rsid w:val="00783ECE"/>
     <w:rsid w:val="00793978"/>
     <w:rsid w:val="007A69B2"/>
     <w:rsid w:val="007B0011"/>
     <w:rsid w:val="007B0E47"/>
     <w:rsid w:val="007B1928"/>
     <w:rsid w:val="007B576F"/>
     <w:rsid w:val="007B7934"/>
     <w:rsid w:val="007C4213"/>
     <w:rsid w:val="007C7D58"/>
     <w:rsid w:val="007D10ED"/>
     <w:rsid w:val="007D1DF8"/>
     <w:rsid w:val="007D2C15"/>
     <w:rsid w:val="007D3C68"/>
     <w:rsid w:val="007E11BE"/>
     <w:rsid w:val="007E63B2"/>
     <w:rsid w:val="007E7D9A"/>
     <w:rsid w:val="007E7E86"/>
     <w:rsid w:val="007F312C"/>
     <w:rsid w:val="00802BEC"/>
     <w:rsid w:val="00804E12"/>
     <w:rsid w:val="00806027"/>
     <w:rsid w:val="00815E72"/>
     <w:rsid w:val="0082614C"/>
-    <w:rsid w:val="00827189"/>
     <w:rsid w:val="008519CD"/>
     <w:rsid w:val="00855307"/>
     <w:rsid w:val="008575F4"/>
     <w:rsid w:val="00864134"/>
     <w:rsid w:val="008726F9"/>
     <w:rsid w:val="008A0DAE"/>
     <w:rsid w:val="008A19AB"/>
     <w:rsid w:val="008A3B55"/>
     <w:rsid w:val="008B3E01"/>
     <w:rsid w:val="008B7528"/>
     <w:rsid w:val="008C5138"/>
     <w:rsid w:val="008C6541"/>
     <w:rsid w:val="008C7C01"/>
     <w:rsid w:val="008D0BDA"/>
     <w:rsid w:val="008D197E"/>
     <w:rsid w:val="008F7460"/>
     <w:rsid w:val="008F78EB"/>
     <w:rsid w:val="00913C69"/>
     <w:rsid w:val="009253DB"/>
     <w:rsid w:val="0093791B"/>
     <w:rsid w:val="00956EC2"/>
     <w:rsid w:val="009603D0"/>
     <w:rsid w:val="009705AE"/>
     <w:rsid w:val="00971FFC"/>
     <w:rsid w:val="00972EE2"/>
@@ -3805,51 +3842,50 @@
     <w:rsid w:val="00CE2802"/>
     <w:rsid w:val="00CE413E"/>
     <w:rsid w:val="00CE7AE2"/>
     <w:rsid w:val="00CE7CCB"/>
     <w:rsid w:val="00CF0454"/>
     <w:rsid w:val="00CF2481"/>
     <w:rsid w:val="00CF5183"/>
     <w:rsid w:val="00D10F2F"/>
     <w:rsid w:val="00D24E43"/>
     <w:rsid w:val="00D33FFC"/>
     <w:rsid w:val="00D41885"/>
     <w:rsid w:val="00D46F92"/>
     <w:rsid w:val="00D52153"/>
     <w:rsid w:val="00D53E05"/>
     <w:rsid w:val="00D61FE2"/>
     <w:rsid w:val="00D62F10"/>
     <w:rsid w:val="00D65AE8"/>
     <w:rsid w:val="00D81CE0"/>
     <w:rsid w:val="00D826C0"/>
     <w:rsid w:val="00D85E9E"/>
     <w:rsid w:val="00D87F2D"/>
     <w:rsid w:val="00D907A9"/>
     <w:rsid w:val="00D94629"/>
     <w:rsid w:val="00D9609B"/>
     <w:rsid w:val="00DA5E40"/>
-    <w:rsid w:val="00DB2A38"/>
     <w:rsid w:val="00DB79BE"/>
     <w:rsid w:val="00DC351D"/>
     <w:rsid w:val="00DC47D7"/>
     <w:rsid w:val="00DC5C4D"/>
     <w:rsid w:val="00DD51AA"/>
     <w:rsid w:val="00DF25A3"/>
     <w:rsid w:val="00DF37B8"/>
     <w:rsid w:val="00E07D1E"/>
     <w:rsid w:val="00E13132"/>
     <w:rsid w:val="00E20C51"/>
     <w:rsid w:val="00E35F48"/>
     <w:rsid w:val="00E432E5"/>
     <w:rsid w:val="00E562AC"/>
     <w:rsid w:val="00E65EF5"/>
     <w:rsid w:val="00E72267"/>
     <w:rsid w:val="00E810D1"/>
     <w:rsid w:val="00E862B2"/>
     <w:rsid w:val="00EA5D3B"/>
     <w:rsid w:val="00EA69C1"/>
     <w:rsid w:val="00EA7A6F"/>
     <w:rsid w:val="00EC07A7"/>
     <w:rsid w:val="00ED637D"/>
     <w:rsid w:val="00EE112B"/>
     <w:rsid w:val="00EE16B5"/>
     <w:rsid w:val="00EE4C8B"/>
@@ -3875,67 +3911,66 @@
     <w:rsid w:val="00FA455C"/>
     <w:rsid w:val="00FA5BC9"/>
     <w:rsid w:val="00FB6793"/>
     <w:rsid w:val="00FC00FC"/>
     <w:rsid w:val="00FC67CA"/>
     <w:rsid w:val="00FD08BE"/>
     <w:rsid w:val="00FD4953"/>
     <w:rsid w:val="00FD7352"/>
     <w:rsid w:val="00FE794B"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
-  <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="70BA5D78"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{1EC9097A-9172-4FBA-BA7A-2C58AF2B3C70}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -4518,114 +4553,114 @@
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00F071AD"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Emphasis">
     <w:name w:val="Emphasis"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="20"/>
     <w:qFormat/>
     <w:rsid w:val="00640909"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
     <w:div w:id="443306906">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.fljud13.org/Forms.aspx" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013440"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{5801DE94-680C-4E50-A96F-FEAEACF86DFD}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="005F5B02" w:rsidRDefault="0050786C">
           <w:r w:rsidRPr="0035142A">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -4645,109 +4680,95 @@
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Aptos">
-[...10 lines deleted...]
-  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0050786C"/>
     <w:rsid w:val="0050786C"/>
     <w:rsid w:val="005F5B02"/>
-    <w:rsid w:val="00827189"/>
-    <w:rsid w:val="009018FE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -5142,51 +5163,51 @@
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="0050786C"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
@@ -5430,78 +5451,70 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A5EBA218-ED5E-40B9-8F86-7A46893C5236}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>7</Pages>
-  <Words>1987</Words>
-  <Characters>10436</Characters>
+  <Words>1894</Words>
+  <Characters>10797</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>285</Lines>
-  <Paragraphs>93</Paragraphs>
+  <Lines>89</Lines>
+  <Paragraphs>25</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>12428</CharactersWithSpaces>
+  <CharactersWithSpaces>12666</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Murphy,J. Logan</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
-
-[...6 lines deleted...]
-</file>